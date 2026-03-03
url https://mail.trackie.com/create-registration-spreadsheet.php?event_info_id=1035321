--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>NOTE: DO NOT MODIFY THE HIDDEN DATA IN ROW #2 OR IT WILL FAIL TO LOAD.</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
     <t>Amisk Community School (AMIS)</t>
   </si>
   <si>
     <t>Junior</t>
   </si>
   <si>
     <t>1035321:typeValue:102</t>
   </si>
   <si>
     <t>1035321:typeValue:103</t>
   </si>
   <si>
     <t>1035321:typeValue:104</t>
   </si>
   <si>
     <t>1035321:typeValue:105</t>
   </si>
   <si>
@@ -1563,50 +1563,53 @@
     <t>St. Joseph (JOES)</t>
   </si>
   <si>
     <t>St. Matthew Catholic School (SMCS)</t>
   </si>
   <si>
     <t>STEM Collegiate (STEM)</t>
   </si>
   <si>
     <t>STEM IA High School (STEM)</t>
   </si>
   <si>
     <t>STEM Innovation Academy (STEM)</t>
   </si>
   <si>
     <t>STEMIA (STEMI)</t>
   </si>
   <si>
     <t>Stti</t>
   </si>
   <si>
     <t>Students Online School (STON)</t>
   </si>
   <si>
     <t>Sturgeon Composite High School (STUR)</t>
+  </si>
+  <si>
+    <t>THE BOXING CLUB SPRUCE GROVE (TBC)</t>
   </si>
   <si>
     <t>Trinity Christian School (TRIN)</t>
   </si>
   <si>
     <t>Tuscany School (TUSC)</t>
   </si>
   <si>
     <t>Two Hills Mennonite (TWHM)</t>
   </si>
   <si>
     <t>Two Hills Mennonite Senior (THMS)</t>
   </si>
   <si>
     <t>William E Hay Stettler Secondary Campus (WEHSS)</t>
   </si>
   <si>
     <t>Worsley Central School (WCS)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -5215,50 +5218,53 @@
       <c r="D480" s="2"/>
       <c r="DB480" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="481" spans="1:108">
       <c r="D481" s="2"/>
       <c r="DB481" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="482" spans="1:108">
       <c r="D482" s="2"/>
       <c r="DB482" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="483" spans="1:108">
       <c r="D483" s="2"/>
       <c r="DB483" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="484" spans="1:108">
       <c r="D484" s="2"/>
+      <c r="DB484" t="s">
+        <v>524</v>
+      </c>
     </row>
     <row r="485" spans="1:108">
       <c r="D485" s="2"/>
     </row>
     <row r="486" spans="1:108">
       <c r="D486" s="2"/>
     </row>
     <row r="487" spans="1:108">
       <c r="D487" s="2"/>
     </row>
     <row r="488" spans="1:108">
       <c r="D488" s="2"/>
     </row>
     <row r="489" spans="1:108">
       <c r="D489" s="2"/>
     </row>
     <row r="490" spans="1:108">
       <c r="D490" s="2"/>
     </row>
     <row r="491" spans="1:108">
       <c r="D491" s="2"/>
     </row>
     <row r="492" spans="1:108">
       <c r="D492" s="2"/>
     </row>
@@ -6775,51 +6781,51 @@
       <c r="D996" s="2"/>
     </row>
     <row r="997" spans="1:108">
       <c r="D997" s="2"/>
     </row>
     <row r="998" spans="1:108">
       <c r="D998" s="2"/>
     </row>
     <row r="999" spans="1:108">
       <c r="D999" s="2"/>
     </row>
     <row r="1000" spans="1:108">
       <c r="D1000" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:CZ1"/>
     <mergeCell ref="A3:CZ3"/>
   </mergeCells>
   <dataValidations count="10">
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="C5:C1000">
       <formula1>'Worksheet'!$DA$1:$DA$3</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="F5:F1000">
-      <formula1>'Worksheet'!$DB$1:$DB$483</formula1>
+      <formula1>'Worksheet'!$DB$1:$DB$484</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="G5:G1000">
       <formula1>'Worksheet'!$DC$1:$DC$4</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="H5:H1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="I5:I1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="J5:J1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="K5:K1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="L5:L1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="M5:M1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="information" operator="between" allowBlank="0" showDropDown="0" showInputMessage="0" showErrorMessage="1" errorTitle="Input error" error="Value is not in list" promptTitle="Pick from list" prompt="Please pick a value from the drop-down list" sqref="N5:N1000">
       <formula1>'Worksheet'!$DD$1:$DD$5</formula1>
     </dataValidation>